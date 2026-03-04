--- v0 (2025-11-23)
+++ v1 (2026-03-04)
@@ -1,412 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="45B255A3" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="001728D0" w:rsidP="00993D9E">
+    <w:p w14:paraId="45B255A3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Article Title in Title Case: Subtitles Optional</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658C2009" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="0045118E" w:rsidP="00993D9E">
+    <w:p w14:paraId="658C2009">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BB5E098" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0" w:rsidP="00993D9E">
+    <w:p w14:paraId="4BB5E098">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>First Author</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004222EC">
+        <w:t>1,a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Second Author</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>,a</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C268AC">
+        <w:t>2,b</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, Second Author</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C268AC">
+        <w:t>, Third Author</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...46 lines deleted...]
-    <w:p w14:paraId="1B761391" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="004222EC" w:rsidP="00993D9E">
+        <w:t>1,c*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B761391">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8175"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD96E2E" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0" w:rsidP="00993D9E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C268AC">
+    <w:p w14:paraId="1BD96E2E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>First Author Affiliation,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F649FA4" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0" w:rsidP="00993D9E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C268AC">
+    <w:p w14:paraId="7F649FA4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Organization Address, City, Postcode, COUNTRY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="524D5AFA" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E" w:rsidP="00993D9E">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00C268AC">
+    <w:p w14:paraId="524D5AFA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA80128">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Second Author Affiliation,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544161A7" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0" w:rsidP="00993D9E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C268AC">
+    <w:p w14:paraId="544161A7">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Organization Address, City, Postcode, COUNTRY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4C22E6" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E" w:rsidP="00993D9E">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00C268AC">
+    <w:p w14:paraId="6B4C22E6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62E3CC96">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>*Corresponding Author</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582C7A38" w14:textId="77777777" w:rsidR="00333BA0" w:rsidRDefault="00333BA0" w:rsidP="00993D9E">
-[...7 lines deleted...]
-    <w:p w14:paraId="3D59AD7B" w14:textId="77777777" w:rsidR="00333BA0" w:rsidRPr="00C268AC" w:rsidRDefault="00333BA0" w:rsidP="00993D9E">
+    <w:p w14:paraId="582C7A38">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D59AD7B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00551EF3">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">author@organization.edu.co, </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:bauthor@organization.edu.co" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="12"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="12"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>author@organization.edu.co</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="12"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00BC0182">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0182">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>author@organization.edu.co</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C363007" w14:textId="392562B7" w:rsidR="0045118E" w:rsidRDefault="00993D9E">
+    <w:p w14:paraId="0C363007">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A48E902" wp14:editId="47905AF7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>11430</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>68580</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6261100" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Straight Connector 14"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6261100" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -414,5226 +383,4769 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent6"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="28A25B3D" id="Straight Connector 14" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from=".9pt,5.4pt" to="493.9pt,5.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBA1E/psQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2TnEAxGnB5adJdh&#10;K/bxA1SZigVIoiBpsfPvRymJXWwDig270CLF90g+0fu72Vl2gpgM+p63m4Yz8AoH4489//7t8d17&#10;zlKWfpAWPfT8DInfHd6+2U+hgy2OaAeIjEh86qbQ8zHn0AmR1AhOpg0G8HSpMTqZyY1HMUQ5Ebuz&#10;Yts0OzFhHEJEBSlR9OFyyQ+VX2tQ+bPWCTKzPafecrWx2udixWEvu2OUYTTq2ob8hy6cNJ6KLlQP&#10;Mkv2I5rfqJxRERPqvFHoBGptFNQZaJq2+WWar6MMUGchcVJYZEr/j1Z9Ot37p0gyTCF1KTzFMsWs&#10;oytf6o/NVazzIhbMmSkK7ra7tm1IU3W7EyswxJQ/ADpWDj23xpc5ZCdPH1OmYpR6Sylh64tNaM3w&#10;aKytTtkAuLeRnSS9XZ7b8laEe5FFXkGKtfV6ymcLF9YvoJkZqNm2Vq9btXJKpcDn3ZXXesouME0d&#10;LMDmdeA1v0ChbtzfgBdErYw+L2BnPMY/VV+l0Jf8mwKXuYsEzzic66NWaWh1qnLXNS+7+dKv8PVn&#10;PPwEAAD//wMAUEsDBBQABgAIAAAAIQC4QRyi2QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI4x&#10;T8MwEIV3pP4H65DYqANCJYQ4VYVgQSwJHWBz42scEZ/T2GnCv+eqDnR69+6d3n35enadOOIQWk8K&#10;7pYJCKTam5YaBdvPt9sURIiajO48oYJfDLAuFle5zoyfqMRjFRvBJRQyrcDG2GdShtqi02HpeyTO&#10;9n5wOrIdGmkGPXG56+R9kqyk0y3xB6t7fLFY/1SjU/B++Ajbh1X5Wn4d0mr63o+28ajUzfW8eQYR&#10;cY7/x3DCZ3QomGnnRzJBdOwZPLIkrBw/pY887M4LWeTykr/4AwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEDUT+mxAQAA1AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALhBHKLZAAAABwEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokecolor="black [3213]"/>
+              <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:0.9pt;margin-top:5.4pt;height:0pt;width:493pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAIVMsgdIAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2OT0/DMAzF70j7DpEncZlYsiHBKE13AHrbZQPE1WtMW9E4&#10;XZP949PPiAOcnp+f9fzLlyffqQMNsQ1sYTY1oIir4FquLby9ljcLUDEhO+wCk4UzRVgWo6scMxeO&#10;vKbDJtVKSjhmaKFJqc+0jlVDHuM09MSSfYbBYxI71NoNeJRy3+m5MXfaY8vyocGenhqqvjZ7byGW&#10;77QrvyfVxHzc1oHmu+fVC1p7PZ6ZR1CJTunvGH7wBR0KYdqGPbuoOvECnkSMqMQPi3sZtr8LXeT6&#10;P39xAVBLAwQUAAAACACHTuJAHMvZDMgBAACfAwAADgAAAGRycy9lMm9Eb2MueG1srVPLbtswELwX&#10;6D8QvNeSjcZoBcs52EgvRWsg7QesKUoiwBd2Gcv++y5pxWnSSw7VgVruY5YzXG7uz86Kk0Yywbdy&#10;uail0F6Fzvihlb9/PXz6IgUl8B3Y4HUrL5rk/fbjh80UG70KY7CdRsEgnpoptnJMKTZVRWrUDmgR&#10;ovYc7AM6SLzFoeoQJkZ3tlrV9bqaAnYRg9JE7N1fg3JGxPcAhr43Su+DenLapysqaguJKdFoIslt&#10;OW3fa5V+9j3pJGwrmWkqKzdh+5jXaruBZkCIo1HzEeA9R3jDyYHx3PQGtYcE4gnNP1DOKAwU+rRQ&#10;wVVXIkURZrGs32jzOELUhQtLTfEmOv0/WPXjdEBhOp6Ez1J4cHzjjwnBDGMSu+A9KxhQcJCVmiI1&#10;XLDzB5x3FA+YaZ97dPnPhMS5qHu5qavPSSh2rlfr5bJm4dVzrHopjEjpmw5OZKOV1vhMHBo4fafE&#10;zTj1OSW7fXgw1pbLs15Mrfx6t7pjZOCB7HkQ2HSRSZEfpAA78KSrhAWRgjVdrs44hMNxZ1GcIM9H&#10;+TJR7vYqLbfeA43XvBKa06zn7KzLVYlsHUN3KQIVP99bwZtnLA/G3/tS/fKutn8AUEsDBAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAA&#10;X3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h&#10;7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWW&#10;V63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYru&#10;HlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAA&#10;CACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVO&#10;u0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7f&#10;ZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pR&#10;RIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q6&#10;4Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvl&#10;g+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAMwQAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAAVAwAA&#10;X3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAOQMAAF9yZWxz&#10;Ly5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9Q&#10;SwECFAAUAAAACACHTuJAIVMsgdIAAAAHAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAhQAFAAAAAgAh07iQBzL2QzIAQAAnwMAAA4AAAAAAAAAAQAgAAAAIQEAAGRycy9lMm9E&#10;b2MueG1sUEsFBgAAAAAGAAYAWQEAAFsFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke color="#000000 [3213]" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15DD43CD" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRPr="00C268AC" w:rsidRDefault="00F22B8F" w:rsidP="00F22B8F">
+    <w:p w14:paraId="15DD43CD">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-MY" w:eastAsia="en-MY"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="751822FA" wp14:editId="3A02D512">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>1565275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>77470</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4705350" cy="2263775"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3175"/>
-                <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
+                <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4705350" cy="2263775"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="DDDDDD"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="581E1295" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+                          <w:p w14:paraId="581E1295">
                             <w:pPr>
                               <w:jc w:val="both"/>
-                              <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C268AC">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Abstract:</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00C268AC">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Abstract is compulsory. First sentence describes the nature or the background information on the field of study. Subsequent sentences provide the problem statement or objectives and scope of the research. Next sentences explain the methods and materials used in the work. Main results and important findings are then highlighted. Finally, a summary of conclusions is put forth. Length of abstract can be proportional to the length of the article.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="14BBBBCB" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+                          <w:p w14:paraId="14BBBBCB">
                             <w:pPr>
                               <w:spacing w:before="120" w:after="120"/>
                               <w:jc w:val="both"/>
-                              <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0120102D" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="0045118E">
+                          <w:p w14:paraId="0120102D">
                             <w:pPr>
                               <w:spacing w:before="120" w:after="120"/>
                               <w:jc w:val="both"/>
-                              <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="46192F04" w14:textId="77777777" w:rsidR="00DD539F" w:rsidRDefault="00DD539F">
+                          <w:p w14:paraId="46192F04">
                             <w:pPr>
                               <w:spacing w:before="120" w:after="120"/>
                               <w:jc w:val="both"/>
-                              <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4F2D8DC9" w14:textId="77777777" w:rsidR="00DD539F" w:rsidRPr="00C268AC" w:rsidRDefault="00DD539F">
+                          <w:p w14:paraId="4F2D8DC9">
                             <w:pPr>
                               <w:spacing w:before="120" w:after="120"/>
                               <w:jc w:val="both"/>
-                              <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="21A53B74" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+                          <w:p w14:paraId="21A53B74">
                             <w:pPr>
                               <w:spacing w:before="120" w:after="120"/>
                               <w:jc w:val="both"/>
-                              <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C268AC">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Keywords:</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00C268AC">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Keyword 1, keyword 2, number of keywords is usually 3-7, but more is allowed if deemed necessary</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5AE6860A" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="0045118E">
-[...3 lines deleted...]
-                          </w:p>
+                          <w:p w14:paraId="5AE6860A"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6262E10D" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:123.25pt;margin-top:6.1pt;width:370.5pt;height:178.25pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOQarz2gEAAJ4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TZdgtR0xXaqghp&#10;BRULH+A4TmLJN8Zuk/49YyfbLfCGyIMz45kczzk+2T6MWpGzAC+tqehykVMiDLeNNF1Ff3w/vHtP&#10;iQ/MNExZIyp6EZ4+7N6+2Q6uFIXtrWoEEAQxvhxcRfsQXJllnvdCM7+wThgsthY0C5hClzXABkTX&#10;Kivy/D4bLDQOLBfe4+5+KtJdwm9bwcPXtvUiEFVRnC2kFdJaxzXbbVnZAXO95PMY7B+m0EwaPPQK&#10;tWeBkRPIv6C05GC9bcOCW53ZtpVcJA7IZpn/wea5Z04kLiiOd1eZ/P+D5V/ORyCyqWhBiWEar+gb&#10;isZMpwQpojyD8yV2PbsjzJnHMHIdW9DxjSzImCS9XCUVYyAcN1ebfH23RuU51ori/m6zWUfU7PVz&#10;Bz58ElaTGFQU8PgkJTs/+TC1vrTE07xVsjlIpVICXf2ogJwZ3u8+PTP6b23KxGZj42cTYtzJIrWJ&#10;TIzCWI8zw9o2F5TFO36QONQT8+HIAI2xpGRAs1TU/zwxEJSozwZv48NyVazRXSlZrTc5EobbSn1b&#10;YYb3Fj0YKJnCx5AcOc348RRsKxPxONU0yjwsmiBJNxs2uuw2T12vv9XuFwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAKxWbXbgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC6IpYSu&#10;60rTCSE4cGQgIW5ZY9pqjVOabOv29HgnONr/p9+fy9XkerHHMXSeNNzNEhBItbcdNRo+3l9ucxAh&#10;GrKm94QajhhgVV1elKaw/kBvuF/HRnAJhcJoaGMcCilD3aIzYeYHJM6+/ehM5HFspB3NgctdL1WS&#10;ZNKZjvhCawZ8arHerndOg0zntMw+8yPevD7nKt3+nOgr0/r6anp8ABFxin8wnPVZHSp22vgd2SB6&#10;DSrN5oxyoBQIBpb5ghcbDfdZvgBZlfL/C9UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AE5BqvPaAQAAngMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKxWbXbgAAAACgEAAA8AAAAAAAAAAAAAAAAANAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" fillcolor="#ddd" stroked="f">
-                <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
+              <v:rect id="Rectangle 2" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:123.25pt;margin-top:6.1pt;height:178.25pt;width:370.5pt;mso-position-horizontal-relative:margin;mso-wrap-distance-bottom:0pt;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0pt;z-index:-251657216;mso-width-relative:page;mso-height-relative:page;" fillcolor="#DDDDDD" filled="t" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAXehsOtgAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PTU/DMAyG70j8h8hIXBBLF7qsK013QHDgyEBC3LLGtNUa&#10;pzTZF78ec4Kj/T56/bhan/wgDjjFPpCB+SwDgdQE11Nr4O316bYAEZMlZ4dAaOCMEdb15UVlSxeO&#10;9IKHTWoFl1AsrYEupbGUMjYdehtnYUTi7DNM3iYep1a6yR653A9SZZmW3vbEFzo74kOHzW6z9wZk&#10;vqCVfi/OePP8WKh89/VNH9qY66t5dg8i4Sn9wfCrz+pQs9M27MlFMRhQuV4wyoFSIBhYFUtebA3c&#10;6WIJsq7k/xfqH1BLAwQUAAAACACHTuJAp3Y7CO4BAADsAwAADgAAAGRycy9lMm9Eb2MueG1srVPB&#10;btswDL0P2D8Iui923KTZgjjF0CDDgGIL1vUDFFmOBciSRiqx8/ejZDfNuksP9cEmReqJ7+l5dde3&#10;hp0UoHa25NNJzpmy0lXaHkr+9Hv76TNnGISthHFWlfyskN+tP35YdX6pCtc4UylgBGJx2fmSNyH4&#10;ZZahbFQrcOK8slSsHbQiUAqHrALREXprsiLPb7POQeXBSYVIq5uhyEdEeAugq2st1cbJY6tsGFBB&#10;GRGIEjbaI1+naetayfCzrlEFZkpOTEN60yEU7+M7W6/E8gDCN1qOI4i3jPCKUyu0pUMvUBsRBDuC&#10;/g+q1RIcujpMpGuzgUhShFhM81faPDbCq8SFpEZ/ER3fD1b+OO2A6arkBWdWtHThv0g0YQ9GsSLK&#10;03lcUtej38GYIYWRa19DG7/EgvVJ0vNFUtUHJmlxtsjnN3NSW1KtKG5vFot5RM1etnvA8E25lsWg&#10;5EDHJynF6QHD0PrcEk9DZ3S11cakBA77ewPsJOh+N+kZ0f9pMzY2Wxe3DYhxJYvUBjIxCv2+Hxnu&#10;XXUmWdDLraahHgSGnQAyxpSzjsxScvxzFKA4M98t3caX6ayYk7tSMpsvciIM15X9dUVY2TjyYOBs&#10;CO9DcuQw49djcLVOxONUwyjjsGSCJN1o2Oiy6zx1vfyk679QSwMECgAAAAAAh07iQAAAAAAAAAAA&#10;AAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQ&#10;wWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg&#10;1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUSc&#10;bG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lG&#10;sxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAA&#10;AOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBk&#10;TxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHl&#10;pr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF&#10;9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7D&#10;mDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAA&#10;CACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAABfBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAEEDAABfcmVscy9QSwECFAAU&#10;AAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAABlAwAAX3JlbHMvLnJlbHNQSwECFAAK&#10;AAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO&#10;4kBd6Gw62AAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAA&#10;CACHTuJAp3Y7CO4BAADsAwAADgAAAAAAAAABACAAAAAnAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAA&#10;AAYABgBZAQAAhwUAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke on="f"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="7.1988188976378pt,3.59842519685039pt,7.1988188976378pt,3.59842519685039pt">
                   <w:txbxContent>
-                    <w:p w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+                    <w:p w14:paraId="581E1295">
                       <w:pPr>
                         <w:jc w:val="both"/>
-                        <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C268AC">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Arial"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Abstract:</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00C268AC">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Abstract is compulsory. First sentence describes the nature or the background information on the field of study. Subsequent sentences provide the problem statement or objectives and scope of the research. Next sentences explain the methods and materials used in the work. Main results and important findings are then highlighted. Finally, a summary of conclusions is put forth. Length of abstract can be proportional to the length of the article.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+                    <w:p w14:paraId="14BBBBCB">
                       <w:pPr>
                         <w:spacing w:before="120" w:after="120"/>
                         <w:jc w:val="both"/>
-                        <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="0045118E" w:rsidRDefault="0045118E">
+                    <w:p w14:paraId="0120102D">
                       <w:pPr>
                         <w:spacing w:before="120" w:after="120"/>
                         <w:jc w:val="both"/>
-                        <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00DD539F" w:rsidRDefault="00DD539F">
+                    <w:p w14:paraId="46192F04">
                       <w:pPr>
                         <w:spacing w:before="120" w:after="120"/>
                         <w:jc w:val="both"/>
-                        <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00DD539F" w:rsidRPr="00C268AC" w:rsidRDefault="00DD539F">
+                    <w:p w14:paraId="4F2D8DC9">
                       <w:pPr>
                         <w:spacing w:before="120" w:after="120"/>
                         <w:jc w:val="both"/>
-                        <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+                    <w:p w14:paraId="21A53B74">
                       <w:pPr>
                         <w:spacing w:before="120" w:after="120"/>
                         <w:jc w:val="both"/>
-                        <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C268AC">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Arial"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Keywords:</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00C268AC">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Keyword 1, keyword 2, number of keywords is usually 3-7, but more is allowed if deemed necessary</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="0045118E" w:rsidRDefault="0045118E">
-[...3 lines deleted...]
-                    </w:p>
+                    <w:p w14:paraId="5AE6860A"/>
                   </w:txbxContent>
                 </v:textbox>
-                <w10:wrap type="square" anchorx="margin"/>
+                <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Received 00 Month 2000; Accepted 01 Month 2000; Available online 02 Month 2000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647EDF58" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRDefault="00F22B8F">
+    <w:p w14:paraId="647EDF58">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="724B24EF" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRDefault="00F22B8F">
+    <w:p w14:paraId="724B24EF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47D4C93A" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRDefault="00F22B8F">
+    <w:p w14:paraId="47D4C93A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49389F32" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRDefault="00F22B8F">
+    <w:p w14:paraId="49389F32">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C4014F0" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRDefault="00F22B8F">
+    <w:p w14:paraId="1C4014F0">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="616FF182" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRDefault="00F22B8F">
+    <w:p w14:paraId="616FF182">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E90FC85" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRDefault="00F22B8F">
+    <w:p w14:paraId="1E90FC85">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B342A32" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRDefault="00F22B8F">
+    <w:p w14:paraId="3B342A32">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B439CA0" w14:textId="77777777" w:rsidR="00AE3A32" w:rsidRDefault="00AE3A32">
+    <w:p w14:paraId="5B439CA0">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00AE3A32">
-[...5 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId13"/>
+        <w:sectPr>
+          <w:headerReference r:id="rId5" w:type="first"/>
+          <w:footerReference r:id="rId8" w:type="first"/>
+          <w:headerReference r:id="rId3" w:type="default"/>
+          <w:footerReference r:id="rId6" w:type="default"/>
+          <w:headerReference r:id="rId4" w:type="even"/>
+          <w:footerReference r:id="rId7" w:type="even"/>
           <w:pgSz w:w="11909" w:h="16834"/>
           <w:pgMar w:top="1440" w:right="1152" w:bottom="1440" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
-          <w:cols w:space="720"/>
+          <w:cols w:space="720" w:num="1"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BDC8582" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRDefault="00F22B8F">
+    <w:p w14:paraId="4BDC8582">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65FAAED5" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="65FAAED5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D11FCB7" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="5D11FCB7">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="0045118E" w:rsidSect="00AE3A32">
+        <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11909" w:h="16834"/>
           <w:pgMar w:top="1440" w:right="1152" w:bottom="1440" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
-          <w:cols w:num="2" w:space="720"/>
+          <w:cols w:space="720" w:num="2"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1618E26F" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="1618E26F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B369A8" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="53B369A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...23 lines deleted...]
-    <w:p w14:paraId="24E927C0" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Here introduce the paper, and put a nomenclature if necessary, in a box with the same font size as the rest of the paper. The paragraphs continue from here and are only separated by headings, subheadings, images and formulae. The section headings are arranged by numbers, bold and 10.0 pt. Here follows further instructions for authors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E927C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a"/>
+        <w:tblStyle w:val="15"/>
         <w:tblW w:w="4634" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4634"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0045118E" w:rsidRPr="00C268AC" w14:paraId="280AF69A" w14:textId="77777777" w:rsidTr="00DD539F">
+      <w:tr w14:paraId="280AF69A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="995"/>
+          <w:trHeight w:val="995" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4634" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA6C2CC" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="1FA6C2CC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4203"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nomenclature is included if necessary</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B8BE1FA" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="5B8BE1FA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4203"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">A   radius of </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="206913CE" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="206913CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4203"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B   position of</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A299375" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="7A299375">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4203"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>C  further</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> nomenclature continues down the page inside the text box</w:t>
+              <w:t>C  further nomenclature continues down the page inside the text box</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47A3389A" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="47A3389A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BBF50CC" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="5BBF50CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Structure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="558B8EAE" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="558B8EAE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Files must be in MS Word only and should be formatted for direct printing, using the CRC MS Word provided. Figures and tables should be embedded and not supplied separately. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65ED8A9E" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="65ED8A9E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please make sure that you use as much as possible normal fonts in your documents. Special fonts, such as fonts used in the Far East (Japanese, Chinese, Korean, etc.) may cause problems during processing. To avoid unnecessary </w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="64EBAE55" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+        <w:t>Please make sure that you use as much as possible normal fonts in your documents. Special fonts, such as fonts used in the Far East (Japanese, Chinese, Korean, etc.) may cause problems during processing. To avoid unnecessary errors you are strongly advised to use the ‘spellchecker’ function of MS Word. Follow this order when typing manuscripts: Title, Authors, Affiliations, Abstract, Keywords, Main text (including figures and tables), Acknowledgements, References, Appendix. Collate acknowledgements in a separate section at the end of the article and do not include them on the title page, as a footnote to the title or otherwise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64EBAE55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Bulleted lists may be included and should look like this:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="408BD20A" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="408BD20A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>• First point</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F059755" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="4F059755">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>• Second point</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248B7F95" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="248B7F95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">• And </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="16AA3998" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+        <w:t>• And so on</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AA3998">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure that you return to the ‘Els-body-text’ style, the style that you will mainly be using for large blocks of text, when you have completed your bulleted list. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B70341E" w14:textId="144C16CA" w:rsidR="0045118E" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="1B70341E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please do not alter the formatting and style layouts which have been set up in this template document. As indicated in the template, papers should be prepared in </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> column format suitable for direct printing onto paper with trim size 210 x 280 mm. Do not number pages on t</w:t>
+        <w:t xml:space="preserve">Please do not alter the formatting and style layouts which have been set up in this template document. As indicated in the template, papers should be prepared in double column format suitable for direct printing onto paper with trim size 210 x 280 mm. Do not number pages on the front, as page numbers will be added separately for the </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">he front, as page numbers will be added separately for the preprints and the Proceedings. Leave a line clear between paragraphs. All the required style templates are provided in the file “MS Word Template” with the appropriate name supplied, e.g. choose 1. Els1st-order-head for your first order heading text, </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00C268AC">
+        <w:t>preprints and the Proceedings. Leave a line clear between paragraphs. All the required style templates are provided in the file “MS Word Template” with the appropriate name supplied, e.g. choose 1. Els1st-order-head for your first order heading text, els-abstract-text for the abstract text etc</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD143C4" w14:textId="77777777" w:rsidR="008C1B0D" w:rsidRPr="00C268AC" w:rsidRDefault="008C1B0D">
+    <w:p w14:paraId="0DD143C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A8C29B5" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="3A8C29B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E28D12F" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="2E28D12F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tables</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EEDB60A" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="6EEDB60A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>All tables should be numbered with Arabic numerals. Every table should have a caption. Headings should be placed above tables, left justified. Only horizontal lines should be used within a table, to distinguish the column headings from the body of the table, and immediately above and below the table. Tables must be embedded into the text and not supplied separately. Below is an example which the authors may find useful.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306D7FCA" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="306D7FCA">
       <w:pPr>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="80"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Table 1 - An example of a table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a0"/>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="4755" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2287"/>
         <w:gridCol w:w="1234"/>
         <w:gridCol w:w="1234"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0045118E" w:rsidRPr="00C268AC" w14:paraId="1EC049AA" w14:textId="77777777">
+      <w:tr w14:paraId="1EC049AA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2287" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73CC406C" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="73CC406C">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>An example of a column heading</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DD0597B" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="7DD0597B">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Column A (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D05B367" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="3D05B367">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Column B (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0045118E" w:rsidRPr="00C268AC" w14:paraId="2D965A1C" w14:textId="77777777">
+      <w:tr w14:paraId="2D965A1C">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2287" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51D6D107" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="51D6D107">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>And an entry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="391DE451" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="391DE451">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4ACCCB0C" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="4ACCCB0C">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0045118E" w:rsidRPr="00C268AC" w14:paraId="0DBACF99" w14:textId="77777777">
+      <w:tr w14:paraId="0DBACF99">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2287" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0BBA56" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="7C0BBA56">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>And another entry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68F87119" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="68F87119">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E17AFAA" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="1E17AFAA">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0045118E" w:rsidRPr="00C268AC" w14:paraId="0D6FDA54" w14:textId="77777777">
+      <w:tr w14:paraId="0D6FDA54">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2287" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52BAD4F5" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="52BAD4F5">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>And another entry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64889391" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="64889391">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66921656" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+          <w:p w14:paraId="66921656">
             <w:pPr>
               <w:pBdr>
-                <w:top w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:val="nil"/>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:pBdr>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C268AC">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17179060" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="17179060">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E0A6DC4" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="7E0A6DC4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Construction of References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7121EF90" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="7121EF90">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">References must be listed at the end of the paper. Do not begin them on a new page unless this is absolutely necessary. Authors should ensure that every reference in the text appears in the list of references and vice versa. Indicate references by [1] or [2], [3] in the text.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF04ECA" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="3DF04ECA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Some examples of how your references should be listed are given at the end of this template in the ‘References’ section, which will allow you to assemble your reference list according to the correct format and font size.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470B6F61" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="470B6F61">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CBCA778" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="1CBCA778">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Section Headings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C716829" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="0C716829">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...23 lines deleted...]
-    <w:p w14:paraId="75B59DE5" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Section headings should be left justified, bold, with the first letter capitalized and numbered consecutively, starting with the Introduction. Sub-section headings should also be in the same style as the headings, numbered 1.1, 1.2, etc, and left justified, with second and subsequent lines indented. All headings should have a minimum of three text lines after them before a page or column break. Ensure the text area is not blank except for the last page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B59DE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53775273" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="53775273">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>General Guidelines</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23A2F426" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="23A2F426">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Avoid hyphenation at the end of a line. Symbols denoting vectors and matrices should be indicated in bold type. Scalar variable names should normally be expressed using italics. Weights and measures should be expressed in SI units. All non-standard abbreviations or symbols must be defined when first mentioned, or a glossary provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D7D1EA3" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="3D7D1EA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="040D1BF9" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="040D1BF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>File Naming and Delivery</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F6E13F" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="05F6E13F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...39 lines deleted...]
-    <w:p w14:paraId="6B2BF3CB" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Please title your files in this order ‘journal acronym_submission year_authorslastname’. Submit both the source file and the PDF to the Guest Editor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2BF3CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...23 lines deleted...]
-    <w:p w14:paraId="10349EA5" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Artwork filenames should comply with the syntax “aabbbbbb.ccc”, where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10349EA5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>• a = artwork component type</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB6E8FF" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="4DB6E8FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>• b = manuscript reference code</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D155C4B" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="7D155C4B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>• c = standard file extension</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3782AB66" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="3782AB66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Component types:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF62F2A" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="2AF62F2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>• gr = figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417C2032" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="417C2032">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>• pl = plate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51EBF202" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="51EBF202">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...23 lines deleted...]
-    <w:p w14:paraId="63B01A61" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="001728D0">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>• sc = scheme</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B01A61">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...23 lines deleted...]
-    <w:p w14:paraId="0F0DB0CC" w14:textId="77777777" w:rsidR="008C1B0D" w:rsidRPr="00C268AC" w:rsidRDefault="008C1B0D">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>• fx = fixed graphic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0DB0CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75F0EB67" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="75F0EB67">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3683CB66" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="3683CB66">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Footnotes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791EE0FE" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="791EE0FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...23 lines deleted...]
-    <w:p w14:paraId="30AA616B" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Footnotes should be avoided if possible. Necessary footnotes should be denoted in the text by consecutive superscript letters1. The footnotes should be typed single spaced, and in smaller type size (7 pt), at the foot of the page in which they are mentioned, and separated from the main text by a one line space extending at the foot of the column. The Els-footnote style is available in the MS Word for the text of the footnote.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AA616B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Please do not change the margins of the template as this can result in the footnote falling outside printing range.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13680424" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="13680424">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18738A62" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="18738A62">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Illustrations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23909903" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="23909903">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...23 lines deleted...]
-    <w:p w14:paraId="7D4ABF89" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>All figures should be numbered with Arabic numerals (1, 2, 3…). Every figure should have a caption. All photographs, schemas, graphs and diagrams are to be referred to as figures. Line drawings should be good quality scans or true electronic output. Low-quality scans are not acceptable. Figures must be embedded into the text and not supplied separately. In MS word input the figures must be properly coded. Preferred format of figures are PNG, JPEG, GIF etc. Lettering and symbols should be clearly defined either in the caption or in a legend provided as part of the figure. Figures should be placed at the top or bottom of a page wherever possible, as close as possible to the first reference to them in the paper. Please ensure that all the figures are of 300 DPI resolutions as this will facilitate good output.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4ABF89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>The figure number and caption should be typed below the illustration in 8 pt and left justified [Note: one-line captions of length less than column width (or full typesetting width or oblong) centered]. For more guidelines and information to help you submit high quality artwork please visit: http://www.elsevier.com/artworkinstructions Artwork has no text along the side of it in the main body of the text. However, if two images fit next to each other, these may be placed next to each other to save space. For example, see Fig. 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A2D47F" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="37A2D47F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CBECB00" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="7CBECB00">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-MY" w:eastAsia="en-MY"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="19B4DDF2" wp14:editId="4AB34E8D">
+          <wp:inline distT="0" distB="0" distL="114300" distR="114300">
             <wp:extent cx="3049270" cy="800100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="image8.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image8.png"/>
+                    <pic:cNvPr id="3" name="image8.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId10"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3049270" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7EA80D" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="3E7EA80D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C01C7AD" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="1C01C7AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fig. 1 - (a) first picture; (b) second picture</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B56003B" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
-[...7 lines deleted...]
-    <w:p w14:paraId="7D539CBD" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="0B56003B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D539CBD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Equations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB0FF8A" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="0BB0FF8A">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...39 lines deleted...]
-    <w:p w14:paraId="204814CC" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Equations and formulae should be typed in Mathtype, and numbered consecutively with Arabic numerals in parentheses on the right hand side of the page (if referred to explicitly in the text). They should also be separated from the surrounding text by one space.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204814CC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="230" w:after="230" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:i/>
-          <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-MY" w:eastAsia="en-MY"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="5BD9558E" wp14:editId="3BB41CBA">
+          <wp:inline distT="0" distB="0" distL="114300" distR="114300">
             <wp:extent cx="2095500" cy="673100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="image10.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image10.png"/>
+                    <pic:cNvPr id="5" name="image10.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2095500" cy="673100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve">                             (1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08528A6A" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="08528A6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Online License Transfer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6194AFBD" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="6194AFBD">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
-[...15 lines deleted...]
-    <w:p w14:paraId="2026DE72" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>All authors are required to complete the Procedia exclusive license transfer agreement before the article can be published, which they can do online. This transfer agreement enables Elsevier to protect the copyrighted material for the authors, but does not relinquish the authors’ proprietary rights. The copyright transfer covers the exclusive rights to reproduce and distribute the article, including reprints, photographic reproductions, microfilm or any other reproductions of similar nature and translations. Authors are responsible for obtaining from the copyright holder, the permission to reproduce any figures for which copyright exists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2026DE72">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E308DC3" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="0E308DC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Acknowledgement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77BB3D37" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="77BB3D37">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Acknowledgements and Reference heading should be left justified, bold, with the first letter capitalized but have no numbers. Text below continues as normal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65285CD7" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="0045118E">
+    <w:p w14:paraId="65285CD7">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="587E99AB" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="587E99AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Appendix A: An Example</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BDA0EBD" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="0BDA0EBD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4203"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Authors including an appendix section should do so before the References section. Multiple appendices should all have headings in the style used above. They will automatically be ordered A, B, C etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4774256D" w14:textId="42D823D7" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="4774256D">
       <w:pPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DCCAC5A" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="4DCCAC5A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00597BCE">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nb-NO"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Geer, J., Hanraads, J. A. J., &amp; Lupton, R. A. (2000). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>The art of writing a scientific article. Journal of Science Communication, 163, 51–59.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFCC5CC" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="3FFCC5CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Strunk, W., Jr., &amp; White, E. B. (1979). The elements of style (3rd ed.). New York: MacMillan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3CF96D" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="5F3CF96D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Mettam, G. R., &amp; Adams, L. B. (1999). How to prepare an electronic version of your article. In B. S. Jones &amp; R. Z. Smith (Eds.), Introduction to the electronic age (pp. 281–304). New York: E-Publishing Inc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4139AE07" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="4139AE07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00597BCE">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nb-NO"/>
         </w:rPr>
         <w:t xml:space="preserve">Fachinger, J., den Exter, M., Grambow, B., Holgerson, S., Landesmann, C., Titov, M., et al. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C268AC">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(2004). Behavior of spent HTR fuel elements in aquatic phases of repository host rock formations, 2nd International Topical Meeting on High Temperature Reactor Technology.  Beijing, China, paper #B08. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD61DCE" w14:textId="77777777" w:rsidR="0045118E" w:rsidRPr="00C268AC" w:rsidRDefault="001728D0">
+    <w:p w14:paraId="5CD61DCE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...529 lines deleted...]
-    <w:sectPr w:rsidR="00493D07" w:rsidSect="00AE3A32">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Fachinger, J. (2006). Behavior of HTR fuel elements in aquatic phases of repository host rock formations. Nuclear Engineering &amp; Design, 236, 54.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D424AD2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="133D0BBF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27F84D5E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BBCE4B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="189F2AF5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="424E5DF4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53773953">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FDEFD45">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48A70AEB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B5AC4D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743D71E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74475493">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F848B4D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AE10B93">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3685D0F5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46AE1694">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA501DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18452373">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F6DB40B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EA0C57E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18C52ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA0E82D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00159B9A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57FF04A9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D62BD8E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000EE93A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5715F444">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0048B644">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0084FC7D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D6FA37">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A49D7AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DE3CFC7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67A6ED84">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09F2D432">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BAD7F98">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="385D31AC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E4B9C94">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5996714C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46ECE843">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A105529">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BEDD654">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="624CB472">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CFA7CE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DAEBA96">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32E461DF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46834D95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D4D6425">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="418BD528">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="586B4193">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB0F2CE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B1E6AF1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24068D46">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A5508C6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56CC1BCE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="729FC87B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ECD4B6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21FD9D96">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1440" w:right="1152" w:bottom="1440" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:num="2" w:space="720"/>
+      <w:cols w:space="720" w:num="2"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="等线">
+    <w:altName w:val="Microsoft YaHei"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
-    <w:altName w:val="바탕"/>
+    <w:altName w:val="Malgun Gothic"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Malgun Gothic">
+    <w:panose1 w:val="020B0503020000020004"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="05EEC82A" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="001728D0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="00BA6CB8">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:instrText>PAGE</w:instrText>
+      <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004222EC">
+    <w:r>
       <w:rPr>
-        <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3481AE01" w14:textId="12811057" w:rsidR="003828BF" w:rsidRDefault="003828BF" w:rsidP="003828BF">
+  <w:p w14:paraId="0AE98EC3">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Published by </w:t>
-[...15 lines deleted...]
-      <w:t xml:space="preserve"> Publishing</w:t>
+      <w:t>Published by JPS Publishing</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6DFD1F6C" w14:textId="7B441115" w:rsidR="003828BF" w:rsidRPr="001F3346" w:rsidRDefault="00360F1B">
+  <w:p w14:paraId="3D167FFF">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00360F1B">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>https://</w:t>
+      <w:t>https://journal.water.gov.my</w:t>
     </w:r>
-    <w:r w:rsidR="008C1B0D" w:rsidRPr="008C1B0D">
-[...26 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="00BA6CB8" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="001728D0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="05EEC82A">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:instrText>PAGE</w:instrText>
+      <w:instrText xml:space="preserve">PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004222EC">
+    <w:r>
       <w:rPr>
-        <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0AE98EC3" w14:textId="73177168" w:rsidR="0045118E" w:rsidRDefault="001728D0">
+  <w:p w14:paraId="3481AE01">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Published by </w:t>
-[...15 lines deleted...]
-      <w:t xml:space="preserve"> Publishing</w:t>
+      <w:t>Published by JPS Publishing</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3D167FFF" w14:textId="0770430E" w:rsidR="0045118E" w:rsidRPr="001F3346" w:rsidRDefault="00493D07" w:rsidP="00493D07">
+  <w:p w14:paraId="6DFD1F6C">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00493D07">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="999999"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>https://</w:t>
+      <w:t>https://journal.water.gov.my</w:t>
     </w:r>
-    <w:r w:rsidR="008C1B0D" w:rsidRPr="008C1B0D">
+  </w:p>
+  <w:p w14:paraId="22AB61E1">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:i/>
-[...2 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:color w:val="000000"/>
       </w:rPr>
-      <w:t>journal.water.gov.my</w:t>
-    </w:r>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="6CECD077" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="0045118E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="6CECD077">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="54064463" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="001728D0">
+  <w:p w14:paraId="54064463">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>*Corresponding author: author@organization.edu.co</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:noProof/>
         <w:lang w:val="en-MY" w:eastAsia="en-MY"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="4380E3B2" wp14:editId="42ABE933">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:posOffset>12701</wp:posOffset>
+                <wp:posOffset>12700</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-38099</wp:posOffset>
+                <wp:posOffset>-37465</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6057900" cy="12700"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Straight Arrow Connector 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="2317050" y="3780000"/>
                         <a:ext cx="6057900" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="12700" cap="flat" cmpd="sng">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                         <a:headEnd type="none" w="med" len="med"/>
                         <a:tailEnd type="none" w="med" len="med"/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="475E6BBD" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...5 lines deleted...]
-              <w10:wrap anchorx="margin"/>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:1pt;margin-top:-2.95pt;height:1pt;width:477pt;mso-position-horizontal-relative:margin;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAYp1N+9cAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VIXFDrpNCqCXF6iMQBhIQoqGc33iYR&#10;9jrYbhv4epYTHGdmNfO22kzOihOGOHhSkM8zEEitNwN1Ct7fHmZrEDFpMtp6QgVfGGFTX15UujT+&#10;TK942qZOcAnFUivoUxpLKWPbo9Nx7kckzg4+OJ1Yhk6aoM9c7qxcZNlKOj0QL/R6xKbH9mN7dAq+&#10;26m5+dwVd83TYx/C7iV/NtYqdX2VZ/cgEk7p7xh+8Rkdamba+yOZKKyCBX+SFMyWBQiOi+WKjT0b&#10;twXIupL/+esfUEsDBBQAAAAIAIdO4kAa/YbG/wEAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWytU8tu&#10;2zAQvBfoPxC815IdJE4Ny0FhN70UrYE0H0CTlESAL+wylv33XVKq0yYXH6oDxcfu7MxwuX44OcuO&#10;GtAE3/D5rOZMexmU8V3Dn389frrnDJPwStjgdcPPGvnD5uOH9RBXehH6YJUGRiAeV0NseJ9SXFUV&#10;yl47gbMQtafDNoATiZbQVQrEQOjOVou6vquGACpCkBqRdnfjIZ8Q4RrA0LZG6l2QL077NKKCtiKR&#10;JOxNRL4pbNtWy/SzbVEnZhtOSlMZqQjND3msNmux6kDE3siJgriGwhtNThhPRS9QO5EEewHzDsoZ&#10;CQFDm2YyuGoUUhwhFfP6jTdPvYi6aCGrMV5Mx/8HK38c98CMok7gzAtHF/6UQJiuT+wLQBjYNnhP&#10;NgZg8+zWEHFFSVu/h2mFcQ9Z+qkFl/8kip0avriZL+tb8vnc8JvlfU3f6LY+JSYp4K6+XX6mTSYp&#10;opxVryARMH3TwbE8aThOnC5k5sVtcfyOiWhQ4p+EzMCHR2NtuVrr2UDaFstSSFC/ttQnVNNF0oy+&#10;KzgYrFE5J2cjdIetBXYUuWfKl4lTjX/CcsGdwH6MK0ejPmcSPRBrXMOL6kl2r4X66hVL50gme3pb&#10;PFNzWnFmNT3FPCuckzD2mkhiZD0Ry1cyXkKeHYI6l7sp+9Q2hfrU4rkv/16X7NdnvfkNUEsDBAoA&#10;AAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2&#10;o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkM&#10;zLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKm&#10;aYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHy&#10;FiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq&#10;+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4&#10;V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J&#10;8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6&#10;dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAbwQAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAABR&#10;AwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAdQMAAF9y&#10;ZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRy&#10;cy9QSwECFAAUAAAACACHTuJAYp1N+9cAAAAHAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAhQAFAAAAAgAh07iQBr9hsb/AQAAHgQAAA4AAAAAAAAAAQAgAAAAJgEAAGRycy9l&#10;Mm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAJcFAAAAAA==&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke weight="1pt" color="#000000" miterlimit="8" joinstyle="miter"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0F7A7E2F" w14:textId="61D1FD8C" w:rsidR="0045118E" w:rsidRDefault="001F52E6">
+  <w:p w14:paraId="0F7A7E2F">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>20</w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00993D9E">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
-[...39 lines deleted...]
-      <w:t>. All right reserved.</w:t>
+      <w:t xml:space="preserve"> JPS Publishing. All right reserved.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:rPr>
-[...4 lines deleted...]
-      <w:id w:val="274908216"/>
+      <w:id w:val="1032538967"/>
       <w:docPartObj>
-        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
-        <w:docPartUnique/>
+        <w:docPartGallery w:val="AutoText"/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="124096C5" w14:textId="1C8AD06A" w:rsidR="00F431E6" w:rsidRPr="009379EF" w:rsidRDefault="00F431E6" w:rsidP="007E658C">
+      <w:p w14:paraId="3AF0694E">
         <w:pPr>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...46 lines deleted...]
-        <w:r w:rsidR="00360F1B" w:rsidRPr="00360F1B">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>Journal of Water Resources Management</w:t>
+        </w:pPr>
+        <w:r>
+          <w:t xml:space="preserve">   </w:t>
         </w:r>
-        <w:r w:rsidR="007E658C">
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t xml:space="preserve">, </w:t>
+          <w:t xml:space="preserve">Journal of Water Resources Management. Vol. </w:t>
         </w:r>
-        <w:r w:rsidR="007E658C" w:rsidRPr="00B9577A">
+        <w:r>
           <w:rPr>
+            <w:rFonts w:hint="default"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t xml:space="preserve">Vol. </w:t>
+          <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="003D39EA">
-[...10 lines deleted...]
-        <w:r w:rsidR="007E658C" w:rsidRPr="00B9577A">
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> No. </w:t>
         </w:r>
-        <w:r w:rsidR="005752B8">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:hint="default"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t xml:space="preserve"> (202</w:t>
         </w:r>
-        <w:r w:rsidR="007E658C" w:rsidRPr="00B9577A">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:hint="default"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t xml:space="preserve"> (20</w:t>
+          <w:t xml:space="preserve">) p. </w:t>
         </w:r>
-        <w:r w:rsidR="00360F1B">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:hint="default"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>-3</w:t>
         </w:r>
-        <w:r w:rsidR="003D39EA">
+      </w:p>
+      <w:p w14:paraId="3404A68F">
+        <w:pPr>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:lang w:val="en-MY" w:eastAsia="en-MY"/>
+          </w:rPr>
+          <mc:AlternateContent>
+            <mc:Choice Requires="wps">
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="margin">
+                    <wp:align>left</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>12065</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="6057900" cy="12700"/>
+                  <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="160" name="Straight Arrow Connector 160"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                      <wps:wsp>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6057900" cy="12700"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="12700" cap="flat" cmpd="sng">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd type="none" w="med" len="med"/>
+                            <a:tailEnd type="none" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </mc:Choice>
+            <mc:Fallback>
+              <w:pict>
+                <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-top:0.95pt;height:1pt;width:477pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAI+sg0tQAAAAE&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VIXBB1AgWREKeHSBxASKgF9ezGSxxh&#10;r4PttoGvZznBcXZWM2+a1eydOGBMYyAF5aIAgdQHM9Kg4O314fIORMqajHaBUMEXJli1pyeNrk04&#10;0hoPmzwIDqFUawU256mWMvUWvU6LMCGx9x6i15llHKSJ+sjh3smroriVXo/EDVZP2FnsPzZ7r+C7&#10;n7uLz2217J4ebYzbl/LZOKfU+VlZ3IPIOOe/Z/jFZ3RomWkX9mSScAp4SOZrBYLN6mbJeqfgugLZ&#10;NvI/fPsDUEsDBBQAAAAIAIdO4kA6NTfv9gEAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWytU01v2zAM&#10;vQ/YfxB0X+wEWNoZcYohWXcZtgDdfgAjybYAfUFU4+Tfj5LddOsuOcwHmZLIR74ncvNwtoadVETt&#10;XcuXi5oz5YSX2vUt//Xz8cM9Z5jASTDeqZZfFPKH7ft3mzE0auUHb6SKjEAcNmNo+ZBSaKoKxaAs&#10;4MIH5eiy89FCom3sKxlhJHRrqlVdr6vRRxmiFwqRTvfTJZ8R4y2Avuu0UHsvnq1yaUKNykAiSjjo&#10;gHxbqu06JdKPrkOVmGk5MU1lpSRkH/NabTfQ9BHCoMVcAtxSwhtOFrSjpFeoPSRgz1H/A2W1iB59&#10;lxbC22oiUhQhFsv6jTZPAwRVuJDUGK6i4/+DFd9Ph8i0pE5YkyYOLD35U4qg+yGxzzH6ke28cySk&#10;jyz7kGJjwIYCd+4Q5x2GQ8z0z120+U/E2LmofLmqrM6JCTpc1x/vPtWUTNDdcnVHJqFUr8EhYvqq&#10;vGXZaDnO1VzLWBal4fQN0xT4EpAzO/+ojaFzaIxj40sGJoB6taMeobw2EF90fcFBb7TMMTkEY3/c&#10;mchOkPulfHNxf7nlhHvAYfIrV9kNGqsTDYfRtuX312hoBgXyi5MsXQLJ62iueC7NKsmZUTSG2SoA&#10;CbS5xZPkMo5Uy08xiZ+to5eX8iblnFqm6Dq3d+7JP/cl+nWkt78BUEsDBAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUi&#10;S6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQw&#10;t81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg2&#10;4Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfubl&#10;IPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtA&#10;qBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjC&#10;Sh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbY&#10;wucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHx&#10;CiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQA&#10;FAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAYwQAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAABFAwAAX3JlbHMvUEsB&#10;AhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAaQMAAF9yZWxzLy5yZWxzUEsB&#10;AhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAA&#10;CACHTuJAI+sg0tQAAAAEAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQA&#10;FAAAAAgAh07iQDo1N+/2AQAAGgQAAA4AAAAAAAAAAQAgAAAAIwEAAGRycy9lMm9Eb2MueG1sUEsF&#10;BgAAAAAGAAYAWQEAAIsFAAAAAA==&#10;">
+                  <v:fill on="f" focussize="0,0"/>
+                  <v:stroke weight="1pt" color="#000000" miterlimit="8" joinstyle="miter"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                </v:shape>
+              </w:pict>
+            </mc:Fallback>
+          </mc:AlternateContent>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="317691E5">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:id w:val="274908216"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="AutoText"/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="124096C5">
+        <w:pPr>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:t xml:space="preserve">   </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:i/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Anne, A. et al.,</w:t>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t xml:space="preserve">Journal of Water Resources Management, Vol. </w:t>
         </w:r>
-        <w:r w:rsidR="007E658C" w:rsidRPr="00B9577A">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:hint="default"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>) p. 1-</w:t>
+          <w:t xml:space="preserve"> No. </w:t>
         </w:r>
-        <w:r w:rsidR="003D39EA">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:hint="default"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t xml:space="preserve"> (202</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:hint="default"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>) p.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:hint="default"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>-3</w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="52E4C9B3" w14:textId="77777777" w:rsidR="00F431E6" w:rsidRDefault="00F431E6" w:rsidP="00F431E6">
+      <w:p w14:paraId="52E4C9B3">
         <w:pPr>
-          <w:pStyle w:val="Header"/>
+          <w:pStyle w:val="11"/>
         </w:pPr>
         <w:r>
           <w:rPr>
-            <w:noProof/>
             <w:lang w:val="en-MY" w:eastAsia="en-MY"/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="35426600" wp14:editId="4F4FCDC3">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="margin">
                     <wp:align>left</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>12065</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6057900" cy="12700"/>
                   <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
                   <wp:wrapNone/>
                   <wp:docPr id="159" name="Straight Arrow Connector 159"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:wsp>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6057900" cy="12700"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700" cap="flat" cmpd="sng">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                             <a:miter lim="800000"/>
                             <a:headEnd type="none" w="med" len="med"/>
                             <a:tailEnd type="none" w="med" len="med"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
-            <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+            <mc:Fallback>
               <w:pict>
-                <v:shapetype w14:anchorId="245152D9" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...5 lines deleted...]
-                  <w10:wrap anchorx="margin"/>
+                <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-top:0.95pt;height:1pt;width:477pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAI+sg0tQAAAAE&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VIXBB1AgWREKeHSBxASKgF9ezGSxxh&#10;r4PttoGvZznBcXZWM2+a1eydOGBMYyAF5aIAgdQHM9Kg4O314fIORMqajHaBUMEXJli1pyeNrk04&#10;0hoPmzwIDqFUawU256mWMvUWvU6LMCGx9x6i15llHKSJ+sjh3smroriVXo/EDVZP2FnsPzZ7r+C7&#10;n7uLz2217J4ebYzbl/LZOKfU+VlZ3IPIOOe/Z/jFZ3RomWkX9mSScAp4SOZrBYLN6mbJeqfgugLZ&#10;NvI/fPsDUEsDBBQAAAAIAIdO4kDQO73s9gEAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWytU8uO2zAM&#10;vBfoPwi6N3YC7MuIsyiSbi9FG2DbD2Ak2RagFyhtnPx9KdmbbbeXHOqDTEnkkDMi148na9hRYdTe&#10;tXy5qDlTTnipXd/yXz+fPt1zFhM4CcY71fKzivxx8/HDegyNWvnBG6mQEYiLzRhaPqQUmqqKYlAW&#10;4sIH5eiy82gh0Rb7SiKMhG5Ntarr22r0KAN6oWKk0910yWdEvAbQd50WaufFi1UuTaioDCSiFAcd&#10;It+UartOifSj66JKzLScmKayUhKyD3mtNmtoeoQwaDGXANeU8I6TBe0o6QVqBwnYC+p/oKwW6KPv&#10;0kJ4W01EiiLEYlm/0+Z5gKAKF5I6hovo8f/Biu/HPTItqRNuHjhzYOnJnxOC7ofEPiP6kW29cySk&#10;R5Z9SLExxIYCt26P8y6GPWb6pw5t/hMxdioqny8qq1Nigg5v65u7h5oeQNDdcnVHJqFUb8EBY/qq&#10;vGXZaHmcq7mUsSxKw/FbTFPga0DO7PyTNobOoTGOja8ZmADq1Y56hPLaQHyj6wtO9EbLHJNDIvaH&#10;rUF2hNwv5ZuL+8stJ9xBHCa/cpXdoLE60XAYbVt+f4mGZlAgvzjJ0jmQvI7miufSrJKcGUVjmK0C&#10;kECbazxJLuNItfwUk/jZOnh5Lm9Szqlliq5ze+ee/HNfot9GevMbUEsDBAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUi&#10;S6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQw&#10;t81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg2&#10;4Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfubl&#10;IPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtA&#10;qBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjC&#10;Sh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbY&#10;wucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHx&#10;CiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQA&#10;FAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAYwQAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAABFAwAAX3JlbHMvUEsB&#10;AhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAaQMAAF9yZWxzLy5yZWxzUEsB&#10;AhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAA&#10;CACHTuJAI+sg0tQAAAAEAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQA&#10;FAAAAAgAh07iQNA7vez2AQAAGgQAAA4AAAAAAAAAAQAgAAAAIwEAAGRycy9lMm9Eb2MueG1sUEsF&#10;BgAAAAAGAAYAWQEAAIsFAAAAAA==&#10;">
+                  <v:fill on="f" focussize="0,0"/>
+                  <v:stroke weight="1pt" color="#000000" miterlimit="8" joinstyle="miter"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="2E1AB278" w14:textId="77777777" w:rsidR="0045118E" w:rsidRDefault="0045118E">
+  <w:p w14:paraId="2E1AB278">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...262 lines deleted...]
-
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="47038AF6" w14:textId="0E5EE78A" w:rsidR="003E003E" w:rsidRPr="009379EF" w:rsidRDefault="003E003E" w:rsidP="003E003E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="47038AF6">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003E003E">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Journal of Water Resources Management</w:t>
+      <w:t xml:space="preserve">Journal of Water Resources Management, Vol. </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">, </w:t>
+      <w:t xml:space="preserve"> No. </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B9577A">
+    <w:r>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">Vol. </w:t>
-[...43 lines deleted...]
-      <w:t xml:space="preserve"> (20</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t xml:space="preserve"> (202</w:t>
     </w:r>
-    <w:r w:rsidR="003D39EA">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
-[...21 lines deleted...]
-      <w:t>3</w:t>
+      <w:t>) p. 1-3</w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
+      <w:tblStyle w:val="9"/>
       <w:tblW w:w="9736" w:type="dxa"/>
       <w:tblInd w:w="-108" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="18" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
-      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1578"/>
       <w:gridCol w:w="7886"/>
       <w:gridCol w:w="272"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00BA150E" w:rsidRPr="009379EF" w14:paraId="056BAE07" w14:textId="77777777" w:rsidTr="00597BCE">
+    <w:tr w14:paraId="056BAE07">
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="18" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
-        <w:trHeight w:val="1339"/>
+        <w:trHeight w:val="1339" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1578" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="0B2C470D" w14:textId="686841AB" w:rsidR="00BA150E" w:rsidRPr="00101046" w:rsidRDefault="00101046" w:rsidP="00F22B8F">
+        <w:p w14:paraId="0B2C470D">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00101046">
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>JOWRM</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3CAE8175" w14:textId="42787AB0" w:rsidR="00F22B8F" w:rsidRDefault="00597BCE" w:rsidP="00F22B8F">
+        <w:p w14:paraId="3CAE8175">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:noProof/>
               <w:sz w:val="2"/>
               <w:szCs w:val="2"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56D3D4CD" wp14:editId="796B41EE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-76200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>130175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="770890" cy="457200"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="4" name="Picture 4"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
-                      <pic:spPr bwMode="auto">
+                      <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="770890" cy="457200"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0DA94724" w14:textId="77777777" w:rsidR="00F22B8F" w:rsidRPr="00F22B8F" w:rsidRDefault="00F22B8F" w:rsidP="00F22B8F">
+        <w:p w14:paraId="0DA94724">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7886" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
         </w:tcPr>
-        <w:p w14:paraId="4ABE4599" w14:textId="3D994E0B" w:rsidR="007E658C" w:rsidRPr="00386DB1" w:rsidRDefault="007E658C" w:rsidP="007E658C">
+        <w:p w14:paraId="4ABE4599">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="6854EBEA" w14:textId="6CAD7BE5" w:rsidR="007E658C" w:rsidRPr="003E003E" w:rsidRDefault="003E003E" w:rsidP="007E658C">
+        <w:p w14:paraId="6854EBEA">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003E003E">
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Journal of Water Resources Management</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1CEB67BF" w14:textId="08F66CC0" w:rsidR="007E658C" w:rsidRDefault="007E658C" w:rsidP="007E658C">
+        <w:p w14:paraId="1CEB67BF">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00BA150E">
+          <w:r>
             <w:rPr>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">Journal </w:t>
+            <w:t xml:space="preserve">Journal homepage: </w:t>
           </w:r>
-          <w:r w:rsidR="00101046" w:rsidRPr="00BA150E">
+          <w:bookmarkStart w:id="0" w:name="_Hlk122119353"/>
+          <w:r>
             <w:rPr>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>homepage</w:t>
-[...36 lines deleted...]
-            <w:t>journal.water.gov.my</w:t>
+            <w:t>https://journal.water.gov.my</w:t>
           </w:r>
           <w:bookmarkEnd w:id="0"/>
         </w:p>
-        <w:p w14:paraId="0DF7D35F" w14:textId="77777777" w:rsidR="007E658C" w:rsidRDefault="007E658C" w:rsidP="007E658C">
+        <w:p w14:paraId="0DF7D35F">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="777493D6" w14:textId="2588E2AD" w:rsidR="007E658C" w:rsidRPr="007E658C" w:rsidRDefault="007E658C" w:rsidP="007E658C">
+        <w:p w14:paraId="777493D6">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="007E658C">
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
-            <w:t xml:space="preserve">e-ISSN: </w:t>
-[...8 lines deleted...]
-            <w:t>2811-3578</w:t>
+            <w:t>e-ISSN: 2811-3578</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4E587F03" w14:textId="77777777" w:rsidR="00BA150E" w:rsidRPr="009379EF" w:rsidRDefault="00BA150E" w:rsidP="00BA150E">
+        <w:p w14:paraId="4E587F03">
           <w:pPr>
-            <w:pStyle w:val="IJOPCMFigure"/>
+            <w:pStyle w:val="19"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="272" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="340D831D" w14:textId="18CB1886" w:rsidR="00BA150E" w:rsidRPr="00006EF2" w:rsidRDefault="00BA150E" w:rsidP="00BA150E">
+        <w:p w14:paraId="340D831D">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="2"/>
               <w:szCs w:val="2"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="0F0008C1" w14:textId="41849851" w:rsidR="0045118E" w:rsidRDefault="0045118E" w:rsidP="00BA150E">
+  <w:p w14:paraId="0F0008C1">
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="5292683F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0E761410"/>
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="5292683F"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="79B14292"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5AE2EB1C"/>
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="79B14292"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:evenAndOddHeaders/>
+  <w:evenAndOddHeaders w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0045118E"/>
     <w:rsid w:val="00014310"/>
     <w:rsid w:val="000B1654"/>
     <w:rsid w:val="00101046"/>
     <w:rsid w:val="001728D0"/>
     <w:rsid w:val="001D1A81"/>
     <w:rsid w:val="001D236C"/>
     <w:rsid w:val="001F3346"/>
     <w:rsid w:val="001F52E6"/>
     <w:rsid w:val="002030E6"/>
     <w:rsid w:val="00262ACB"/>
     <w:rsid w:val="00301B43"/>
     <w:rsid w:val="00333BA0"/>
     <w:rsid w:val="00360F1B"/>
     <w:rsid w:val="003828BF"/>
     <w:rsid w:val="003D39EA"/>
     <w:rsid w:val="003E003E"/>
     <w:rsid w:val="003E41AC"/>
     <w:rsid w:val="004222EC"/>
     <w:rsid w:val="0045118E"/>
     <w:rsid w:val="00493D07"/>
     <w:rsid w:val="005752B8"/>
     <w:rsid w:val="00597BCE"/>
@@ -5653,753 +5165,627 @@
     <w:rsid w:val="00993D9E"/>
     <w:rsid w:val="009D6CCC"/>
     <w:rsid w:val="00A771A3"/>
     <w:rsid w:val="00AE3A32"/>
     <w:rsid w:val="00AF2333"/>
     <w:rsid w:val="00B20325"/>
     <w:rsid w:val="00B2682E"/>
     <w:rsid w:val="00B30B48"/>
     <w:rsid w:val="00BA11F4"/>
     <w:rsid w:val="00BA150E"/>
     <w:rsid w:val="00C13A24"/>
     <w:rsid w:val="00C15A2D"/>
     <w:rsid w:val="00C268AC"/>
     <w:rsid w:val="00C32CC3"/>
     <w:rsid w:val="00D163C8"/>
     <w:rsid w:val="00D51CE1"/>
     <w:rsid w:val="00DD539F"/>
     <w:rsid w:val="00E36DB4"/>
     <w:rsid w:val="00E940D4"/>
     <w:rsid w:val="00ED43C9"/>
     <w:rsid w:val="00F134FA"/>
     <w:rsid w:val="00F22B8F"/>
     <w:rsid w:val="00F254A4"/>
     <w:rsid w:val="00F431E6"/>
     <w:rsid w:val="00F822EA"/>
+    <w:rsid w:val="50AC22A2"/>
+    <w:rsid w:val="62034921"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...2 lines deleted...]
-  <w15:docId w15:val="{03FA127C-F55D-483B-9808-CB03DB93CB70}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...374 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:uiPriority="99" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00F431E6"/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:val="nil"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="8">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="9">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="10">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="18"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="11">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="20"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="12">
+    <w:name w:val="Hyperlink"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="13">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="14">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="15">
+    <w:name w:val="_Style 11"/>
+    <w:basedOn w:val="9"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a">
-[...4 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="16">
+    <w:name w:val="_Style 12"/>
+    <w:basedOn w:val="9"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
-[...4 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="17">
+    <w:name w:val="_Style 13"/>
+    <w:basedOn w:val="9"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
-[...9 lines deleted...]
-    <w:link w:val="BalloonTextChar"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="18">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="8"/>
+    <w:link w:val="10"/>
+    <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BA150E"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...12 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="IJOPCMFigure">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19">
     <w:name w:val="IJOPCM Figure"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00BA150E"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Batang"/>
       <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="8"/>
+    <w:link w:val="11"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA150E"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-[...17 lines deleted...]
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...11 lines deleted...]
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="8"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00ED43C9"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bauthor@organization.edu.co" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6678,83 +6064,93 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
-  <a:extraClrSchemeLst/>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps>
+    <customSectPr/>
+    <customSectPr/>
+  </customSectProps>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
-  <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1498</Words>
   <Characters>7752</Characters>
-  <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
   <Lines>292</Lines>
   <Paragraphs>79</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>9222</CharactersWithSpaces>
-  <SharedDoc>false</SharedDoc>
-[...1 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>WPS Office_12.2.0.23196_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>4f8d0d74c30a3959ab2d31460d16a6c44081c0c8cddb893b9cf1a0f3a0b9c6a2</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>1033-12.2.0.23196</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ICV">
+    <vt:lpwstr>4C17C4A5A8084789B84A574E84CC54DA_13</vt:lpwstr>
+  </property>
 </Properties>
 </file>